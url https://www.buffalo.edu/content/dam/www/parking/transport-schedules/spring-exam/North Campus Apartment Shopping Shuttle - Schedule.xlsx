--- v0 (2025-12-24)
+++ v1 (2026-02-28)
@@ -1,106 +1,103 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28129"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28730"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\First Transit -Transdev - WeDriveU\Spring 2025\Shopping Shuttle\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\First Transit -Transdev - WeDriveU\Fall 2025\Shopping Shuttle\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EFFF95D5-3F29-4F21-914C-97C9FB34455A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{44925F51-F6AA-4D0C-9949-2D57481078AB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-5670" windowWidth="16440" windowHeight="28320" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Apartment Shopping Shuttle" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Apartment Shopping Shuttle'!$A$1:$I$18</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Apartment Shopping Shuttle'!$A$1:$H$18</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="10" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Depart Walmart</t>
   </si>
   <si>
     <t>Depart Target</t>
   </si>
   <si>
     <t>All information in this document is available at www.buffalo.edu/parking/getting-around-UB/bus/bus-schedules</t>
   </si>
   <si>
     <t>Depart Tops</t>
   </si>
   <si>
     <t>Depart Creekside</t>
   </si>
   <si>
     <t>Depart Flint East</t>
   </si>
   <si>
     <t>Depart Wegman's</t>
   </si>
   <si>
     <t>Depart South Lake</t>
   </si>
   <si>
     <t>Depart Hadley</t>
-  </si>
-[...1 lines deleted...]
-    <t>Depart Planet Fitness</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -475,537 +472,489 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.buffalo.edu/parking/getting-around-UB/bus/bus-schedules.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A2:I18"/>
+  <dimension ref="A2:H18"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="85" zoomScalePageLayoutView="85" workbookViewId="0">
-      <selection activeCell="C1" sqref="C1"/>
+      <selection activeCell="J13" sqref="J13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="9" width="11.140625" customWidth="1"/>
+    <col min="1" max="8" width="11.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="3" spans="1:9" ht="155.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:8" ht="155.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="H3" s="2" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="I3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="1">
         <v>0.16666666666666666</v>
       </c>
       <c r="B4" s="1">
         <v>0.16944444444444443</v>
       </c>
       <c r="C4" s="1">
         <v>0.17222222222222225</v>
       </c>
       <c r="D4" s="1">
         <v>0.17430555555555557</v>
       </c>
       <c r="E4" s="1">
         <v>0.18055555555555555</v>
       </c>
       <c r="F4" s="1">
         <v>0.19097222222222221</v>
       </c>
       <c r="G4" s="1">
         <v>0.19444444444444445</v>
       </c>
       <c r="H4" s="1">
-        <v>0.19652777777777777</v>
-[...1 lines deleted...]
-      <c r="I4" s="1">
         <v>0.19791666666666666</v>
       </c>
     </row>
-    <row r="5" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A5" s="1">
         <v>0.18055555555555555</v>
       </c>
       <c r="B5" s="1">
         <v>0.18333333333333335</v>
       </c>
       <c r="C5" s="1">
         <v>0.18611111111111112</v>
       </c>
       <c r="D5" s="1">
         <v>0.18819444444444444</v>
       </c>
       <c r="E5" s="1">
         <v>0.19444444444444445</v>
       </c>
       <c r="F5" s="1">
         <v>0.20486111111111113</v>
       </c>
       <c r="G5" s="1">
         <v>0.20833333333333334</v>
       </c>
       <c r="H5" s="1">
-        <v>0.21041666666666667</v>
-[...1 lines deleted...]
-      <c r="I5" s="1">
         <v>0.21180555555555555</v>
       </c>
     </row>
-    <row r="6" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A6" s="1">
         <v>0.194444444444444</v>
       </c>
       <c r="B6" s="1">
         <v>0.19722222222222199</v>
       </c>
       <c r="C6" s="1">
         <v>0.2</v>
       </c>
       <c r="D6" s="1">
         <v>0.202083333333333</v>
       </c>
       <c r="E6" s="1">
         <v>0.20833333333333301</v>
       </c>
       <c r="F6" s="1">
         <v>0.21875</v>
       </c>
       <c r="G6" s="1">
         <v>0.22222222222222199</v>
       </c>
       <c r="H6" s="1">
-        <v>0.22430555555555556</v>
-[...1 lines deleted...]
-      <c r="I6" s="1">
         <v>0.225694444444444</v>
       </c>
     </row>
-    <row r="7" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A7" s="1">
         <v>0.20833333333333301</v>
       </c>
       <c r="B7" s="1">
         <v>0.211111111111111</v>
       </c>
       <c r="C7" s="1">
         <v>0.21388888888888899</v>
       </c>
       <c r="D7" s="1">
         <v>0.21597222222222201</v>
       </c>
       <c r="E7" s="1">
         <v>0.22222222222222199</v>
       </c>
       <c r="F7" s="1">
         <v>0.23263888888888901</v>
       </c>
       <c r="G7" s="1">
         <v>0.23611111111111099</v>
       </c>
       <c r="H7" s="1">
-        <v>0.23819444444444399</v>
-[...1 lines deleted...]
-      <c r="I7" s="1">
         <v>0.23958333333333301</v>
       </c>
     </row>
-    <row r="8" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A8" s="1">
         <v>0.22222222222222199</v>
       </c>
       <c r="B8" s="1">
         <v>0.22500000000000001</v>
       </c>
       <c r="C8" s="1">
         <v>0.227777777777778</v>
       </c>
       <c r="D8" s="1">
         <v>0.22986111111111099</v>
       </c>
       <c r="E8" s="1">
         <v>0.23611111111111099</v>
       </c>
       <c r="F8" s="1">
         <v>0.24652777777777801</v>
       </c>
       <c r="G8" s="1">
         <v>0.25</v>
       </c>
       <c r="H8" s="1">
-        <v>0.25208333333333299</v>
-[...1 lines deleted...]
-      <c r="I8" s="1">
         <v>0.25347222222222199</v>
       </c>
     </row>
-    <row r="9" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A9" s="1">
         <v>0.23611111111111099</v>
       </c>
       <c r="B9" s="1">
         <v>0.23888888888888901</v>
       </c>
       <c r="C9" s="1">
         <v>0.241666666666667</v>
       </c>
       <c r="D9" s="1">
         <v>0.24374999999999999</v>
       </c>
       <c r="E9" s="1">
         <v>0.25</v>
       </c>
       <c r="F9" s="1">
         <v>0.26041666666666702</v>
       </c>
       <c r="G9" s="1">
         <v>0.26388888888888901</v>
       </c>
       <c r="H9" s="1">
-        <v>0.265972222222222</v>
-[...1 lines deleted...]
-      <c r="I9" s="1">
         <v>0.26736111111111099</v>
       </c>
     </row>
-    <row r="10" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A10" s="1">
         <v>0.25</v>
       </c>
       <c r="B10" s="1">
         <v>0.25277777777777799</v>
       </c>
       <c r="C10" s="1">
         <v>0.25555555555555498</v>
       </c>
       <c r="D10" s="1">
         <v>0.25763888888888897</v>
       </c>
       <c r="E10" s="1">
         <v>0.26388888888888901</v>
       </c>
       <c r="F10" s="1">
         <v>0.27430555555555602</v>
       </c>
       <c r="G10" s="1">
         <v>0.27777777777777801</v>
       </c>
       <c r="H10" s="1">
-        <v>0.27986111111111101</v>
-[...1 lines deleted...]
-      <c r="I10" s="1">
         <v>0.28125</v>
       </c>
     </row>
-    <row r="11" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A11" s="1">
         <v>0.26388888888888901</v>
       </c>
       <c r="B11" s="1">
         <v>0.266666666666667</v>
       </c>
       <c r="C11" s="1">
         <v>0.26944444444444399</v>
       </c>
       <c r="D11" s="1">
         <v>0.27152777777777798</v>
       </c>
       <c r="E11" s="1">
         <v>0.27777777777777801</v>
       </c>
       <c r="F11" s="1">
         <v>0.28819444444444497</v>
       </c>
       <c r="G11" s="1">
         <v>0.29166666666666702</v>
       </c>
       <c r="H11" s="1">
-        <v>0.29375000000000001</v>
-[...1 lines deleted...]
-      <c r="I11" s="1">
         <v>0.29513888888888901</v>
       </c>
     </row>
-    <row r="12" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A12" s="1">
         <v>0.27777777777777801</v>
       </c>
       <c r="B12" s="1">
         <v>0.280555555555555</v>
       </c>
       <c r="C12" s="1">
         <v>0.28333333333333299</v>
       </c>
       <c r="D12" s="1">
         <v>0.28541666666666698</v>
       </c>
       <c r="E12" s="1">
         <v>0.29166666666666702</v>
       </c>
       <c r="F12" s="1">
         <v>0.30208333333333298</v>
       </c>
       <c r="G12" s="1">
         <v>0.30555555555555503</v>
       </c>
       <c r="H12" s="1">
-        <v>0.30763888888888902</v>
-[...1 lines deleted...]
-      <c r="I12" s="1">
         <v>0.30902777777777801</v>
       </c>
     </row>
-    <row r="13" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A13" s="1">
         <v>0.29166666666666702</v>
       </c>
       <c r="B13" s="1">
         <v>0.29444444444444401</v>
       </c>
       <c r="C13" s="1">
         <v>0.297222222222222</v>
       </c>
       <c r="D13" s="1">
         <v>0.29930555555555599</v>
       </c>
       <c r="E13" s="1">
         <v>0.30555555555555602</v>
       </c>
       <c r="F13" s="1">
         <v>0.31597222222222199</v>
       </c>
       <c r="G13" s="1">
         <v>0.31944444444444398</v>
       </c>
       <c r="H13" s="1">
-        <v>0.32152777777777802</v>
-[...1 lines deleted...]
-      <c r="I13" s="1">
         <v>0.32291666666666702</v>
       </c>
     </row>
-    <row r="14" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A14" s="1">
         <v>0.30555555555555602</v>
       </c>
       <c r="B14" s="1">
         <v>0.30833333333333302</v>
       </c>
       <c r="C14" s="1">
         <v>0.31111111111111101</v>
       </c>
       <c r="D14" s="1">
         <v>0.313194444444445</v>
       </c>
       <c r="E14" s="1">
         <v>0.31944444444444497</v>
       </c>
       <c r="F14" s="1">
         <v>0.32986111111111099</v>
       </c>
       <c r="G14" s="1">
         <v>0.33333333333333298</v>
       </c>
       <c r="H14" s="1">
-        <v>0.33541666666666697</v>
-[...1 lines deleted...]
-      <c r="I14" s="1">
         <v>0.33680555555555602</v>
       </c>
     </row>
-    <row r="15" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A15" s="1">
         <v>0.31944444444444497</v>
       </c>
       <c r="B15" s="1">
         <v>0.32222222222222202</v>
       </c>
       <c r="C15" s="1">
         <v>0.32500000000000001</v>
       </c>
       <c r="D15" s="1">
         <v>0.327083333333334</v>
       </c>
       <c r="E15" s="1">
         <v>0.33333333333333398</v>
       </c>
       <c r="F15" s="1">
         <v>0.34375</v>
       </c>
       <c r="G15" s="1">
         <v>0.34722222222222199</v>
       </c>
       <c r="H15" s="1">
-        <v>0.34930555555555598</v>
-[...1 lines deleted...]
-      <c r="I15" s="1">
         <v>0.35069444444444497</v>
       </c>
     </row>
-    <row r="16" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A16" s="1">
         <v>0.33333333333333398</v>
       </c>
       <c r="B16" s="1">
         <v>0.33611111111111103</v>
       </c>
       <c r="C16" s="1">
         <v>0.33888888888888802</v>
       </c>
       <c r="D16" s="1">
         <v>0.34097222222222201</v>
       </c>
       <c r="E16" s="1">
         <v>0.34722222222222299</v>
       </c>
       <c r="F16" s="1">
         <v>0.35763888888888901</v>
       </c>
       <c r="G16" s="1">
         <v>0.36111111111111099</v>
       </c>
       <c r="H16" s="1">
-        <v>0.36319444444444499</v>
-[...1 lines deleted...]
-      <c r="I16" s="1">
         <v>0.36458333333333398</v>
       </c>
     </row>
-    <row r="17" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A17" s="1">
         <v>0.34722222222222299</v>
       </c>
       <c r="B17" s="1">
         <v>0.35</v>
       </c>
       <c r="C17" s="1">
         <v>0.35277777777777702</v>
       </c>
       <c r="D17" s="1">
         <v>0.35486111111111102</v>
       </c>
       <c r="E17" s="1">
         <v>0.36111111111111199</v>
       </c>
       <c r="F17" s="1">
         <v>0.37152777777777801</v>
       </c>
       <c r="G17" s="1">
         <v>0.375</v>
       </c>
       <c r="H17" s="1">
-        <v>0.37708333333333399</v>
-[...1 lines deleted...]
-      <c r="I17" s="1">
         <v>0.37847222222222299</v>
       </c>
     </row>
-    <row r="18" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A18" s="1">
         <v>0.36111111111111199</v>
       </c>
       <c r="B18" s="1">
         <v>0.36388888888888898</v>
       </c>
       <c r="C18" s="1">
         <v>0.36666666666666597</v>
       </c>
       <c r="D18" s="1">
         <v>0.36875000000000002</v>
       </c>
       <c r="E18" s="1">
         <v>0.375000000000001</v>
       </c>
       <c r="F18" s="1">
         <v>0.38541666666666702</v>
       </c>
       <c r="G18" s="1">
         <v>0.38888888888888901</v>
       </c>
       <c r="H18" s="1">
-        <v>0.390972222222223</v>
-[...1 lines deleted...]
-      <c r="I18" s="1">
         <v>0.39236111111111199</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A2" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="90" fitToHeight="0" orientation="portrait" r:id="rId2"/>
+  <pageSetup fitToHeight="0" orientation="portrait" r:id="rId2"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"-,Bold"&amp;18&amp;G
 NORTH CAMPUS APARTMENT SHOPPING SHUTTLE SCHEDULE
  OPERATES THURSDAYS ONLY, 4pm-9:40pm</oddHeader>
     <oddFooter>&amp;C&amp;8Questions? Comments? Concerns?
 Phone: 716-645-3943
 E-mail: transportation@buffalo.edu
 Web: buffalo.edu/parking</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>